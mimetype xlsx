--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -1,319 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rtssdc\ScienceTraining\High School Programs\SEP\2025- 2026 SEP\Course Calendar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0262000-DC94-44E9-8D74-8C694E1915C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9084D743-768E-4B7F-917A-795217F0DE78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="48" yWindow="108" windowWidth="23076" windowHeight="12156" firstSheet="1" activeTab="1" xr2:uid="{02CE04EB-4109-4EEB-A6BD-58036C7C95C5}"/>
+    <workbookView xWindow="2460" yWindow="900" windowWidth="25305" windowHeight="14100" xr2:uid="{02CE04EB-4109-4EEB-A6BD-58036C7C95C5}"/>
   </bookViews>
   <sheets>
-    <sheet name="SEP Project Plan" sheetId="1" r:id="rId1"/>
-    <sheet name="2025-2026 SEP Curriculum" sheetId="4" r:id="rId2"/>
+    <sheet name="2025-2026 SEP Curriculum" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2025-2026 SEP Curriculum'!$A$1:$G$44</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SEP Project Plan'!$A$1:$D$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025-2026 SEP Curriculum'!$A$1:$G$44</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Mohammed, Raia</author>
   </authors>
   <commentList>
     <comment ref="F30" authorId="0" shapeId="0" xr:uid="{0667B05F-7FCC-4C4E-A438-E6004CDDEA0B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Mohammed, Raia:
 Dr. Houcks-Loomis no longer at MSK.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="185">
-[...203 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="118">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Class Title</t>
   </si>
   <si>
     <t>Class Category</t>
   </si>
   <si>
     <t>Facilitator</t>
   </si>
   <si>
     <t>Facilitator Email</t>
   </si>
   <si>
     <t>4:30PM - 6:00PM</t>
   </si>
   <si>
@@ -361,50 +155,53 @@
   <si>
     <t>Professional Development: How to Read a Journal Article</t>
   </si>
   <si>
     <t>Dr Jerry Melchor, Jonathan Bermeo</t>
   </si>
   <si>
     <t>melchorj@mskcc.org; bermeoj@mskcc.org</t>
   </si>
   <si>
     <t>Macklowe Building, 323 E. 61st St NY, NY 10065, Conference Room 530</t>
   </si>
   <si>
     <t>Cancer Biology: Into &amp; Fundamentals of Biology (I and II) (Pop Quiz)</t>
   </si>
   <si>
     <t>Cancer Biology</t>
   </si>
   <si>
     <t>Dr Debyani Chakravarty</t>
   </si>
   <si>
     <t xml:space="preserve">chakravd@mskcc.org </t>
   </si>
   <si>
+    <t>ZRC-679/681 (Fishbowl)</t>
+  </si>
+  <si>
     <t>Cancer Biology: The Nature of Cancer</t>
   </si>
   <si>
     <t>Ana Codo</t>
   </si>
   <si>
     <t xml:space="preserve"> codoa1@mskcc.org</t>
   </si>
   <si>
     <t>No Class - Winter Break</t>
   </si>
   <si>
     <t>Cancer Biology: Cancer as a Genetic Disease</t>
   </si>
   <si>
     <t>Nicole Walker</t>
   </si>
   <si>
     <t>nsw4001@med.cornell.edu</t>
   </si>
   <si>
     <t>Cancer Biology: Cell Cycle</t>
   </si>
   <si>
     <t>Dr Jose Reyes</t>
@@ -475,66 +272,79 @@
   <si>
     <t>Jonathan Bermeo</t>
   </si>
   <si>
     <t>bermeoj@mskcc.org</t>
   </si>
   <si>
     <t>4-7pm</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>STEM2City Career Fair</t>
   </si>
   <si>
     <t>Cancer Biology Final Exam Preparation</t>
   </si>
   <si>
     <t>No Class -Spring Recess, schools closed</t>
   </si>
   <si>
     <t>Cancer Biology Final Exam</t>
   </si>
   <si>
-    <t>1:00PM - 2:30PM</t>
-[...1 lines deleted...]
-  <si>
     <t>Programming Languages - R/Python</t>
   </si>
   <si>
     <t>Computational Sciences</t>
   </si>
   <si>
     <t>Ino de brujin</t>
   </si>
   <si>
     <t>debruiji@mskcc.org</t>
   </si>
   <si>
-    <t>1: 00PM - 2:30PM</t>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">Macklowe Building, 323 E. 61st St NY, NY 10065, Conference Room </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>LL09 (basement)</t>
+    </r>
   </si>
   <si>
     <t>Intro to Bioinformatics</t>
   </si>
   <si>
     <t>Dr Francisco Sanchez-Vega</t>
   </si>
   <si>
     <t>sanchezf@mskcc.org</t>
   </si>
   <si>
     <t>A Look Into Clinical Research-cBioPortal and OncoKB | Data for Research &amp; Health</t>
   </si>
   <si>
     <t>Dr Nikolaus Schultz</t>
   </si>
   <si>
     <t>schultzn@mskcc.org</t>
   </si>
   <si>
     <t>Research and Development: How Biomarkers are found and used</t>
   </si>
   <si>
     <t>Clinical/Translation Research</t>
   </si>
@@ -619,67 +429,62 @@
   <si>
     <t>Date TBD likely 2nd Thursday in August 2026</t>
   </si>
   <si>
     <t>3:30PM - 6:00PM</t>
   </si>
   <si>
     <t>Student Presentations: NYC Science Research Mentoring Consortium Summer Symposium</t>
   </si>
   <si>
     <t>4:30-6:30pm</t>
   </si>
   <si>
     <t>Symposium</t>
   </si>
   <si>
     <t>10:30AM - 1:00PM</t>
   </si>
   <si>
     <t>ZRC-Lobby</t>
   </si>
   <si>
     <t>OSET HS Programs Poster Session</t>
   </si>
   <si>
-    <t>Last Updated on 12/4/25</t>
+    <t>Virtual Meeting via Zoom</t>
+  </si>
+  <si>
+    <t>Virtual Meeting via Teams Meeting</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -689,86 +494,110 @@
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0" tint="-0.34998626667073579"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0" tint="-0.34998626667073579"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <u/>
       <sz val="12"/>
-      <color rgb="FF000000"/>
-      <name val="Aptos"/>
+      <color theme="0" tint="-0.34998626667073579"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="24">
+  <fills count="22">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
-      </patternFill>
-[...4 lines deleted...]
-        <bgColor rgb="FFCCCCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor rgb="FF9BC2E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FF9BC2E6"/>
       </patternFill>
@@ -807,363 +636,354 @@
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor rgb="FFE6B8AF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB5E6A2"/>
         <bgColor rgb="FFA9D08E"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
-[...5 lines deleted...]
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
-        <bgColor rgb="FFFFC000"/>
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
-        <bgColor theme="6"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor rgb="FFCCCCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
-        <bgColor rgb="FFCCCCCC"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor rgb="FFA9D08E"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="4" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="14" fontId="3" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="3" fillId="16" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="17" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="17" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="21" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="21" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="21" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="21" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1437,1461 +1257,1029 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rizzutog@mskcc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phillis2@mskcc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chakravd@mskcc.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mstrangas@amnh.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mstrangas@amnh.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bermeoj@mskcc.org" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rizzutog@mskcc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phillis2@mskcc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chakravd@mskcc.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mstrangas@amnh.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mstrangas@amnh.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bermeoj@mskcc.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{116531F3-7098-48DB-83EE-B12EC0A62698}">
-  <dimension ref="A1:D37"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6935685-1418-4674-813B-E988B0B40367}">
+  <dimension ref="A1:G44"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+    <sheetView tabSelected="1" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
+      <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="163.109375" style="35" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="22.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="24.5703125" style="26" customWidth="1"/>
+    <col min="2" max="2" width="25.28515625" style="26" customWidth="1"/>
+    <col min="3" max="3" width="55.5703125" style="53" customWidth="1"/>
+    <col min="4" max="4" width="70.5703125" style="26" customWidth="1"/>
+    <col min="5" max="5" width="44" style="26" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="52.42578125" style="26" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="43.5703125" style="26" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="26"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A1" s="36" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="33" t="s">
+      <c r="B1" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="33" t="s">
+      <c r="C1" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="33" t="s">
+      <c r="D1" s="10" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="35" t="s">
+      <c r="E1" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F1" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="32" t="s">
+      <c r="G1" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="2" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="56">
+        <v>45966</v>
+      </c>
+      <c r="B2" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="58" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="35" t="s">
+      <c r="D2" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E2" s="57" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="32" t="s">
+      <c r="F2" s="57" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="35" t="s">
+      <c r="G2" s="59" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="32" t="s">
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="56">
+        <v>45973</v>
+      </c>
+      <c r="B3" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="58" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="35" t="s">
+      <c r="D3" s="57" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E3" s="57" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="34" t="s">
+      <c r="F3" s="57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="57" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="56">
+        <v>45980</v>
+      </c>
+      <c r="B4" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" s="57" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="35" t="s">
+      <c r="E4" s="57" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="57" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="G4" s="57" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="56">
+        <v>45987</v>
+      </c>
+      <c r="B5" s="60"/>
+      <c r="C5" s="58" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="35" t="s">
+      <c r="D5" s="57" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="E5" s="57" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="35" t="s">
+      <c r="F5" s="60"/>
+      <c r="G5" s="60"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="56">
+        <v>45994</v>
+      </c>
+      <c r="B6" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="58" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D6" s="57" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E6" s="57" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="57" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="35" t="s">
+      <c r="G6" s="57" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+    </row>
+    <row r="7" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="56">
+        <v>46001</v>
+      </c>
+      <c r="B7" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="58" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="35" t="s">
+      <c r="D7" s="57" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="35" t="s">
+      <c r="E7" s="57" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="F7" s="57" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="35" t="s">
+      <c r="G7" s="61" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="56">
+        <v>46008</v>
+      </c>
+      <c r="B8" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="63" t="s">
         <v>30</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D8" s="63" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="35" t="s">
+      <c r="E8" s="63" t="s">
+        <v>27</v>
+      </c>
+      <c r="F8" s="62" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="G8" s="62" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A15" s="35" t="s">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="65">
+        <v>46015</v>
+      </c>
+      <c r="B9" s="66"/>
+      <c r="C9" s="67" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      <c r="A16" s="35" t="s">
+      <c r="D9" s="68" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" s="66"/>
+      <c r="G9" s="66"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="65">
+        <v>46022</v>
+      </c>
+      <c r="B10" s="66"/>
+      <c r="C10" s="67" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" s="68" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" s="66"/>
+      <c r="G10" s="66"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="71">
+        <v>46029</v>
+      </c>
+      <c r="B11" s="72" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="73" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" s="73" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...7 lines deleted...]
-      <c r="A17" s="35" t="s">
+      <c r="E11" s="73" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="72" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="35" t="s">
+      <c r="G11" s="72" t="s">
         <v>37</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="35" t="s">
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="71">
+        <v>46036</v>
+      </c>
+      <c r="B12" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="73" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="74" t="s">
         <v>38</v>
       </c>
-      <c r="B19" t="s">
-[...7 lines deleted...]
-      <c r="A20" s="35" t="s">
+      <c r="E12" s="74" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="74" t="s">
         <v>39</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      <c r="A21" s="35" t="s">
+      <c r="G12" s="74" t="s">
         <v>40</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      <c r="A22" s="35" t="s">
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="69">
+        <v>46043</v>
+      </c>
+      <c r="B13" s="68"/>
+      <c r="C13" s="70" t="s">
         <v>41</v>
       </c>
-      <c r="B22" t="s">
-[...473 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D13" s="68" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" s="68"/>
+      <c r="G13" s="68"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
         <v>46050</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C14" s="30" t="s">
+        <v>30</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>110</v>
+        <v>43</v>
       </c>
       <c r="G14" s="8" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
         <v>46057</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>7</v>
+      </c>
+      <c r="C15" s="39" t="s">
+        <v>25</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>96</v>
+        <v>28</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      <c r="A16" s="14">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="12">
         <v>46064</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>7</v>
+      </c>
+      <c r="C16" s="41" t="s">
+        <v>116</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>27</v>
+      </c>
+      <c r="F16" s="31" t="s">
+        <v>48</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>46071</v>
       </c>
       <c r="B17" s="7"/>
-      <c r="C17" s="64" t="s">
-        <v>116</v>
+      <c r="C17" s="40" t="s">
+        <v>49</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>116</v>
+        <v>49</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
         <v>46078</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C18" s="42" t="s">
+        <v>21</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>117</v>
+        <v>50</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>118</v>
+        <v>51</v>
       </c>
       <c r="G18" s="8" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
         <v>46085</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C19" s="41" t="s">
+        <v>117</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+        <v>54</v>
+      </c>
+      <c r="G19" s="27" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A20" s="11">
         <v>46092</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>7</v>
+      </c>
+      <c r="C20" s="39" t="s">
+        <v>25</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>123</v>
+        <v>56</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>96</v>
+        <v>28</v>
       </c>
       <c r="G20" s="8" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>46099</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C21" s="39" t="s">
+        <v>21</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>124</v>
+        <v>57</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+        <v>58</v>
+      </c>
+      <c r="G21" s="27" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
         <v>46106</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C22" s="42" t="s">
+        <v>21</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+        <v>61</v>
+      </c>
+      <c r="G22" s="27" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="11">
         <v>46107</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>63</v>
+      </c>
+      <c r="C23" s="42" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="37" t="s">
+        <v>65</v>
       </c>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
-      <c r="G23" s="29"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="G23" s="27"/>
+    </row>
+    <row r="24" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A24" s="11">
         <v>46113</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>7</v>
+      </c>
+      <c r="C24" s="43" t="s">
+        <v>25</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>133</v>
+        <v>66</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>96</v>
+        <v>28</v>
       </c>
       <c r="G24" s="8" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" x14ac:dyDescent="0.3">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="6">
         <v>46120</v>
       </c>
       <c r="B25" s="7"/>
-      <c r="C25" s="64" t="s">
-        <v>134</v>
+      <c r="C25" s="40" t="s">
+        <v>67</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A26" s="22">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="20">
         <v>46127</v>
       </c>
-      <c r="B26" s="23" t="s">
+      <c r="B26" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="41" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F26" s="31" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" s="9"/>
+    </row>
+    <row r="27" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="24">
+        <v>46134</v>
+      </c>
+      <c r="B27" s="64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="25" t="s">
+        <v>69</v>
+      </c>
+      <c r="E27" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F27" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G27" s="25" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="22">
+        <v>46141</v>
+      </c>
+      <c r="B28" s="64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" s="54" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="E28" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F28" s="25" t="s">
         <v>75</v>
       </c>
-      <c r="C26" s="65" t="s">
-[...60 lines deleted...]
-      <c r="A29" s="24">
+      <c r="G28" s="25" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="22">
         <v>46148</v>
       </c>
-      <c r="B29" s="25" t="s">
-[...18 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B29" s="64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" s="23" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="4">
         <v>46155</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C30" s="46" t="s">
+        <v>21</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>148</v>
+        <v>80</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>149</v>
+        <v>81</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="4">
         <v>46162</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C31" s="47" t="s">
+        <v>21</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>149</v>
+        <v>81</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>151</v>
+        <v>83</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="6">
         <v>46169</v>
       </c>
       <c r="B32" s="7"/>
-      <c r="C32" s="64" t="s">
-        <v>153</v>
+      <c r="C32" s="40" t="s">
+        <v>85</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>153</v>
+        <v>85</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
     </row>
-    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="4">
         <v>46176</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7</v>
+      </c>
+      <c r="C33" s="55" t="s">
+        <v>30</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>154</v>
+        <v>86</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>149</v>
+        <v>81</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>155</v>
+        <v>87</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="4">
         <v>46178</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>89</v>
+      </c>
+      <c r="C34" s="46" t="s">
+        <v>64</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>158</v>
+        <v>90</v>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="5"/>
       <c r="G34" s="5"/>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="6">
         <v>46183</v>
       </c>
       <c r="B35" s="7"/>
-      <c r="C35" s="64" t="s">
-        <v>108</v>
+      <c r="C35" s="40" t="s">
+        <v>41</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="6">
         <v>46190</v>
       </c>
       <c r="B36" s="7"/>
-      <c r="C36" s="64" t="s">
-        <v>108</v>
+      <c r="C36" s="40" t="s">
+        <v>41</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="1">
         <v>46202</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>91</v>
+      </c>
+      <c r="C37" s="48" t="s">
+        <v>92</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>161</v>
+        <v>93</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>162</v>
+        <v>94</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="G37" s="2"/>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="1">
         <v>46202</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>64</v>
+      </c>
+      <c r="C38" s="48" t="s">
+        <v>92</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>163</v>
+        <v>95</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>162</v>
+        <v>94</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>164</v>
+        <v>96</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>166</v>
+        <v>98</v>
       </c>
       <c r="B39" s="2"/>
-      <c r="C39" s="72"/>
+      <c r="C39" s="48"/>
       <c r="D39" s="2" t="s">
-        <v>167</v>
+        <v>99</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>162</v>
+        <v>94</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="G39" s="2"/>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="1">
         <v>46213</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>100</v>
+      </c>
+      <c r="C40" s="48" t="s">
+        <v>64</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>169</v>
+        <v>101</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="3"/>
       <c r="G40" s="2"/>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.3">
-[...46 lines deleted...]
-      <c r="A43" s="44">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B41" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C41" s="49" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E41" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="G41" s="28" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B42" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C42" s="50" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E42" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="G42" s="29" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="34" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="35">
         <v>46216</v>
       </c>
-      <c r="B43" s="41" t="s">
-[...13 lines deleted...]
-      <c r="A44" s="19">
+      <c r="B43" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" s="36" t="s">
+        <v>112</v>
+      </c>
+      <c r="E43" s="32"/>
+      <c r="F43" s="32"/>
+      <c r="G43" s="33"/>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="17">
         <v>46255</v>
       </c>
-      <c r="B44" s="20" t="s">
-[...9 lines deleted...]
-        <v>78</v>
+      <c r="B44" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C44" s="52" t="s">
+        <v>114</v>
+      </c>
+      <c r="D44" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E44" s="19" t="s">
+        <v>10</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="G44" s="18"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:G44" xr:uid="{B6935685-1418-4674-813B-E988B0B40367}"/>
   <hyperlinks>
     <hyperlink ref="G7" r:id="rId1" xr:uid="{CFF7F228-5E0A-41AA-891F-18F02588FA89}"/>
     <hyperlink ref="G19" r:id="rId2" xr:uid="{9FB2D883-2727-42A4-9E60-D96D785D7BA4}"/>
     <hyperlink ref="G21" r:id="rId3" xr:uid="{CAA3BB29-8758-4540-AD42-267805C15565}"/>
     <hyperlink ref="G22" r:id="rId4" xr:uid="{5E4E1DF1-6424-4C77-8B41-A51D3A825B5E}"/>
     <hyperlink ref="G41" r:id="rId5" display="mstrangas@amnh.org" xr:uid="{6AB1E503-4B44-4DE2-B1C8-67C9B4F3CC7E}"/>
     <hyperlink ref="G42" r:id="rId6" display="mstrangas@amnh.org" xr:uid="{DB3E8D8A-CCB0-4EC5-839B-F4EEEE15A1D2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <legacyDrawing r:id="rId7"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId7"/>
+  <legacyDrawing r:id="rId8"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SEP Project Plan</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025-2026 SEP Curriculum</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MSK</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baudin, Vicky</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>