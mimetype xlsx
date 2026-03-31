--- v1 (2026-02-03)
+++ v2 (2026-03-31)
@@ -7,53 +7,53 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rtssdc\ScienceTraining\High School Programs\SEP\2025- 2026 SEP\Course Calendar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9084D743-768E-4B7F-917A-795217F0DE78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F74C52A-9320-4904-B35A-FF4F5EEDFD3B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2460" yWindow="900" windowWidth="25305" windowHeight="14100" xr2:uid="{02CE04EB-4109-4EEB-A6BD-58036C7C95C5}"/>
+    <workbookView xWindow="768" yWindow="1140" windowWidth="21696" windowHeight="11028" xr2:uid="{02CE04EB-4109-4EEB-A6BD-58036C7C95C5}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026 SEP Curriculum" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025-2026 SEP Curriculum'!$A$1:$G$44</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -63,51 +63,51 @@
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Mohammed, Raia</author>
   </authors>
   <commentList>
     <comment ref="F30" authorId="0" shapeId="0" xr:uid="{0667B05F-7FCC-4C4E-A438-E6004CDDEA0B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Mohammed, Raia:
 Dr. Houcks-Loomis no longer at MSK.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="119">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Class Title</t>
   </si>
   <si>
     <t>Class Category</t>
   </si>
   <si>
     <t>Facilitator</t>
   </si>
   <si>
     <t>Facilitator Email</t>
   </si>
   <si>
     <t>4:30PM - 6:00PM</t>
   </si>
   <si>
@@ -289,59 +289,61 @@
   </si>
   <si>
     <t>No Class -Spring Recess, schools closed</t>
   </si>
   <si>
     <t>Cancer Biology Final Exam</t>
   </si>
   <si>
     <t>Programming Languages - R/Python</t>
   </si>
   <si>
     <t>Computational Sciences</t>
   </si>
   <si>
     <t>Ino de brujin</t>
   </si>
   <si>
     <t>debruiji@mskcc.org</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Macklowe Building, 323 E. 61st St NY, NY 10065, Conference Room </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t>LL09 (basement)</t>
     </r>
   </si>
   <si>
     <t>Intro to Bioinformatics</t>
   </si>
   <si>
     <t>Dr Francisco Sanchez-Vega</t>
   </si>
   <si>
     <t>sanchezf@mskcc.org</t>
   </si>
   <si>
     <t>A Look Into Clinical Research-cBioPortal and OncoKB | Data for Research &amp; Health</t>
   </si>
   <si>
     <t>Dr Nikolaus Schultz</t>
   </si>
   <si>
     <t>schultzn@mskcc.org</t>
   </si>
   <si>
     <t>Research and Development: How Biomarkers are found and used</t>
   </si>
@@ -433,50 +435,53 @@
     <t>3:30PM - 6:00PM</t>
   </si>
   <si>
     <t>Student Presentations: NYC Science Research Mentoring Consortium Summer Symposium</t>
   </si>
   <si>
     <t>4:30-6:30pm</t>
   </si>
   <si>
     <t>Symposium</t>
   </si>
   <si>
     <t>10:30AM - 1:00PM</t>
   </si>
   <si>
     <t>ZRC-Lobby</t>
   </si>
   <si>
     <t>OSET HS Programs Poster Session</t>
   </si>
   <si>
     <t>Virtual Meeting via Zoom</t>
   </si>
   <si>
     <t>Virtual Meeting via Teams Meeting</t>
+  </si>
+  <si>
+    <t>MSK Teams meeting</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -503,85 +508,88 @@
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="0" tint="-0.34998626667073579"/>
+      <color theme="1" tint="0.34998626667073579"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="0" tint="-0.34998626667073579"/>
+      <color theme="1" tint="0.34998626667073579"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
-      <color theme="0" tint="-0.34998626667073579"/>
+      <color theme="1" tint="0.34998626667073579"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
       <sz val="12"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="1" tint="0.34998626667073579"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="22">
+  <fills count="21">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
@@ -624,56 +632,50 @@
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor rgb="FFE6B8AF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor rgb="FFE6B8AF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFB5E6A2"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FFCCCCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
@@ -706,263 +708,272 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="78">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="15" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="3" fillId="15" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="11" fillId="17" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...48 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="16" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="16" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="18" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="20" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1266,986 +1277,986 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rizzutog@mskcc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phillis2@mskcc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chakravd@mskcc.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mstrangas@amnh.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mstrangas@amnh.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bermeoj@mskcc.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6935685-1418-4674-813B-E988B0B40367}">
   <dimension ref="A1:G44"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
-      <selection activeCell="C16" sqref="C16"/>
+      <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="24.5703125" style="26" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="26"/>
+    <col min="1" max="1" width="24.44140625" style="25" customWidth="1"/>
+    <col min="2" max="2" width="25.33203125" style="25" customWidth="1"/>
+    <col min="3" max="3" width="55.44140625" style="50" customWidth="1"/>
+    <col min="4" max="4" width="70.44140625" style="25" customWidth="1"/>
+    <col min="5" max="5" width="44" style="25" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="52.44140625" style="25" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="43.44140625" style="25" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.109375" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="38" t="s">
+      <c r="C1" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="10" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="56">
+    <row r="2" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A2" s="54">
         <v>45966</v>
       </c>
-      <c r="B2" s="57" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="58" t="s">
+      <c r="B2" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="56" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="58" t="s">
+      <c r="D2" s="56" t="s">
         <v>9</v>
       </c>
-      <c r="E2" s="57" t="s">
+      <c r="E2" s="55" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="57" t="s">
+      <c r="F2" s="55" t="s">
         <v>11</v>
       </c>
-      <c r="G2" s="59" t="s">
+      <c r="G2" s="57" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="56">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A3" s="54">
         <v>45973</v>
       </c>
-      <c r="B3" s="57" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="58" t="s">
+      <c r="B3" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="57" t="s">
+      <c r="D3" s="55" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="57" t="s">
+      <c r="E3" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="57" t="s">
+      <c r="F3" s="55" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="57" t="s">
+      <c r="G3" s="55" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="56">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A4" s="54">
         <v>45980</v>
       </c>
-      <c r="B4" s="57" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="58" t="s">
+      <c r="B4" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="57" t="s">
+      <c r="D4" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="57" t="s">
+      <c r="E4" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="F4" s="57" t="s">
+      <c r="F4" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="G4" s="57" t="s">
+      <c r="G4" s="55" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="56">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A5" s="54">
         <v>45987</v>
       </c>
-      <c r="B5" s="60"/>
-      <c r="C5" s="58" t="s">
+      <c r="B5" s="58"/>
+      <c r="C5" s="56" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="57" t="s">
+      <c r="D5" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="E5" s="57" t="s">
+      <c r="E5" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="F5" s="60"/>
-[...3 lines deleted...]
-      <c r="A6" s="56">
+      <c r="F5" s="58"/>
+      <c r="G5" s="58"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A6" s="54">
         <v>45994</v>
       </c>
-      <c r="B6" s="57" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="58" t="s">
+      <c r="B6" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="56" t="s">
         <v>21</v>
       </c>
-      <c r="D6" s="57" t="s">
+      <c r="D6" s="55" t="s">
         <v>22</v>
       </c>
-      <c r="E6" s="57" t="s">
+      <c r="E6" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="F6" s="57" t="s">
+      <c r="F6" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="G6" s="57" t="s">
+      <c r="G6" s="55" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="56">
+    <row r="7" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A7" s="54">
         <v>46001</v>
       </c>
-      <c r="B7" s="57" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="58" t="s">
+      <c r="B7" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="56" t="s">
         <v>25</v>
       </c>
-      <c r="D7" s="57" t="s">
+      <c r="D7" s="55" t="s">
         <v>26</v>
       </c>
-      <c r="E7" s="57" t="s">
+      <c r="E7" s="55" t="s">
         <v>27</v>
       </c>
-      <c r="F7" s="57" t="s">
+      <c r="F7" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="G7" s="61" t="s">
+      <c r="G7" s="59" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8" s="56">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="54">
         <v>46008</v>
       </c>
-      <c r="B8" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="63" t="s">
+      <c r="B8" s="60" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="61" t="s">
         <v>30</v>
       </c>
-      <c r="D8" s="63" t="s">
+      <c r="D8" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E8" s="63" t="s">
+      <c r="E8" s="61" t="s">
         <v>27</v>
       </c>
-      <c r="F8" s="62" t="s">
+      <c r="F8" s="60" t="s">
         <v>32</v>
       </c>
-      <c r="G8" s="62" t="s">
+      <c r="G8" s="60" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="65">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="62">
         <v>46015</v>
       </c>
-      <c r="B9" s="66"/>
-      <c r="C9" s="67" t="s">
+      <c r="B9" s="63"/>
+      <c r="C9" s="64" t="s">
         <v>34</v>
       </c>
-      <c r="D9" s="68" t="s">
+      <c r="D9" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="E9" s="68" t="s">
+      <c r="E9" s="65" t="s">
         <v>20</v>
       </c>
-      <c r="F9" s="66"/>
-[...3 lines deleted...]
-      <c r="A10" s="65">
+      <c r="F9" s="63"/>
+      <c r="G9" s="63"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="62">
         <v>46022</v>
       </c>
-      <c r="B10" s="66"/>
-      <c r="C10" s="67" t="s">
+      <c r="B10" s="63"/>
+      <c r="C10" s="64" t="s">
         <v>34</v>
       </c>
-      <c r="D10" s="68" t="s">
+      <c r="D10" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="E10" s="68" t="s">
+      <c r="E10" s="65" t="s">
         <v>20</v>
       </c>
-      <c r="F10" s="66"/>
-[...3 lines deleted...]
-      <c r="A11" s="71">
+      <c r="F10" s="63"/>
+      <c r="G10" s="63"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="66">
         <v>46029</v>
       </c>
-      <c r="B11" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="73" t="s">
+      <c r="B11" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="68" t="s">
         <v>30</v>
       </c>
-      <c r="D11" s="73" t="s">
+      <c r="D11" s="68" t="s">
         <v>35</v>
       </c>
-      <c r="E11" s="73" t="s">
+      <c r="E11" s="68" t="s">
         <v>27</v>
       </c>
-      <c r="F11" s="72" t="s">
+      <c r="F11" s="67" t="s">
         <v>36</v>
       </c>
-      <c r="G11" s="72" t="s">
+      <c r="G11" s="67" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="71">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="66">
         <v>46036</v>
       </c>
-      <c r="B12" s="74" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="73" t="s">
+      <c r="B12" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="68" t="s">
         <v>30</v>
       </c>
-      <c r="D12" s="74" t="s">
+      <c r="D12" s="69" t="s">
         <v>38</v>
       </c>
-      <c r="E12" s="74" t="s">
+      <c r="E12" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="F12" s="74" t="s">
+      <c r="F12" s="69" t="s">
         <v>39</v>
       </c>
-      <c r="G12" s="74" t="s">
+      <c r="G12" s="69" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A13" s="69">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A13" s="70">
         <v>46043</v>
       </c>
-      <c r="B13" s="68"/>
-      <c r="C13" s="70" t="s">
+      <c r="B13" s="65"/>
+      <c r="C13" s="64" t="s">
         <v>41</v>
       </c>
-      <c r="D13" s="68" t="s">
+      <c r="D13" s="65" t="s">
         <v>41</v>
       </c>
-      <c r="E13" s="68" t="s">
+      <c r="E13" s="65" t="s">
         <v>20</v>
       </c>
-      <c r="F13" s="68"/>
-[...3 lines deleted...]
-      <c r="A14" s="11">
+      <c r="F13" s="65"/>
+      <c r="G13" s="65"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A14" s="66">
         <v>46050</v>
       </c>
-      <c r="B14" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="30" t="s">
+      <c r="B14" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="68" t="s">
         <v>30</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D14" s="69" t="s">
         <v>42</v>
       </c>
-      <c r="E14" s="8" t="s">
+      <c r="E14" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="F14" s="8" t="s">
+      <c r="F14" s="69" t="s">
         <v>43</v>
       </c>
-      <c r="G14" s="8" t="s">
+      <c r="G14" s="69" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A15" s="11">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A15" s="66">
         <v>46057</v>
       </c>
-      <c r="B15" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="39" t="s">
+      <c r="B15" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="71" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" s="69" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" s="69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="69" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" s="69" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A16" s="66">
+        <v>46064</v>
+      </c>
+      <c r="B16" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="56" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" s="69" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" s="69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" s="69" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A17" s="72">
+        <v>46071</v>
+      </c>
+      <c r="B17" s="73"/>
+      <c r="C17" s="74" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="73" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" s="73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" s="73"/>
+      <c r="G17" s="73"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A18" s="66">
+        <v>46078</v>
+      </c>
+      <c r="B18" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="75" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" s="69" t="s">
+        <v>50</v>
+      </c>
+      <c r="E18" s="69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="69" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A19" s="66">
+        <v>46085</v>
+      </c>
+      <c r="B19" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="75" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F19" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" s="76" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A20" s="66">
+        <v>46092</v>
+      </c>
+      <c r="B20" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="D15" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="8" t="s">
+      <c r="D20" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="F15" s="8" t="s">
+      <c r="F20" s="69" t="s">
         <v>28</v>
       </c>
-      <c r="G15" s="8" t="s">
+      <c r="G20" s="69" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-[...108 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="11">
         <v>46099</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C21" s="39" t="s">
-        <v>21</v>
+      <c r="C21" s="77" t="s">
+        <v>30</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="G21" s="27" t="s">
+      <c r="G21" s="26" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="11">
         <v>46106</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="42" t="s">
-        <v>21</v>
+      <c r="C22" s="77" t="s">
+        <v>30</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="G22" s="27" t="s">
+      <c r="G22" s="26" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A23" s="11">
         <v>46107</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>63</v>
       </c>
-      <c r="C23" s="42" t="s">
+      <c r="C23" s="39" t="s">
         <v>64</v>
       </c>
-      <c r="D23" s="37" t="s">
+      <c r="D23" s="35" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
-      <c r="G23" s="27"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="G23" s="26"/>
+    </row>
+    <row r="24" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A24" s="11">
         <v>46113</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C24" s="43" t="s">
+      <c r="C24" s="40" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="6">
         <v>46120</v>
       </c>
       <c r="B25" s="7"/>
-      <c r="C25" s="40" t="s">
+      <c r="C25" s="37" t="s">
         <v>67</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>67</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A26" s="20">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A26" s="19">
         <v>46127</v>
       </c>
-      <c r="B26" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="41" t="s">
+      <c r="B26" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="38" t="s">
         <v>116</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="F26" s="31" t="s">
+      <c r="F26" s="29" t="s">
         <v>48</v>
       </c>
       <c r="G26" s="9"/>
     </row>
-    <row r="27" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A27" s="24">
+    <row r="27" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A27" s="23">
         <v>46134</v>
       </c>
-      <c r="B27" s="64" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="44" t="s">
+      <c r="B27" s="53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="D27" s="25" t="s">
+      <c r="D27" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="E27" s="25" t="s">
+      <c r="E27" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="F27" s="25" t="s">
+      <c r="F27" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="G27" s="25" t="s">
+      <c r="G27" s="24" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A28" s="22">
+    <row r="28" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A28" s="21">
         <v>46141</v>
       </c>
-      <c r="B28" s="64" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="54" t="s">
+      <c r="B28" s="53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" s="51" t="s">
         <v>73</v>
       </c>
-      <c r="D28" s="25" t="s">
+      <c r="D28" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="E28" s="25" t="s">
+      <c r="E28" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="F28" s="25" t="s">
+      <c r="F28" s="24" t="s">
         <v>75</v>
       </c>
-      <c r="G28" s="25" t="s">
+      <c r="G28" s="24" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A29" s="22">
+    <row r="29" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A29" s="21">
         <v>46148</v>
       </c>
-      <c r="B29" s="64" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="45" t="s">
+      <c r="B29" s="53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="42" t="s">
         <v>25</v>
       </c>
-      <c r="D29" s="23" t="s">
+      <c r="D29" s="22" t="s">
         <v>77</v>
       </c>
-      <c r="E29" s="25" t="s">
+      <c r="E29" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="F29" s="23" t="s">
+      <c r="F29" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="G29" s="23" t="s">
+      <c r="G29" s="22" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A30" s="4">
         <v>46155</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="46" t="s">
+      <c r="C30" s="43" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>81</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>64</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A31" s="4">
         <v>46162</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C31" s="47" t="s">
+      <c r="C31" s="44" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>81</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>83</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A32" s="6">
         <v>46169</v>
       </c>
       <c r="B32" s="7"/>
-      <c r="C32" s="40" t="s">
+      <c r="C32" s="37" t="s">
         <v>85</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
     </row>
-    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A33" s="4">
         <v>46176</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C33" s="55" t="s">
+      <c r="C33" s="52" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>81</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>87</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A34" s="4">
         <v>46178</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="C34" s="46" t="s">
+      <c r="C34" s="43" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="5"/>
       <c r="G34" s="5"/>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A35" s="6">
         <v>46183</v>
       </c>
       <c r="B35" s="7"/>
-      <c r="C35" s="40" t="s">
+      <c r="C35" s="37" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A36" s="6">
         <v>46190</v>
       </c>
       <c r="B36" s="7"/>
-      <c r="C36" s="40" t="s">
+      <c r="C36" s="37" t="s">
         <v>41</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>41</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A37" s="1">
         <v>46202</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="C37" s="48" t="s">
+      <c r="C37" s="45" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="2"/>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="1">
         <v>46202</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="C38" s="48" t="s">
+      <c r="C38" s="45" t="s">
         <v>92</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B39" s="2"/>
-      <c r="C39" s="48"/>
+      <c r="C39" s="45"/>
       <c r="D39" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="2"/>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="1">
         <v>46213</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="C40" s="48" t="s">
+      <c r="C40" s="45" t="s">
         <v>64</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="3"/>
       <c r="G40" s="2"/>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A41" s="13" t="s">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A41" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="B41" s="14" t="s">
+      <c r="B41" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="C41" s="49" t="s">
+      <c r="C41" s="46" t="s">
         <v>103</v>
       </c>
-      <c r="D41" s="14" t="s">
+      <c r="D41" s="13" t="s">
         <v>104</v>
       </c>
-      <c r="E41" s="14" t="s">
+      <c r="E41" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="F41" s="14" t="s">
+      <c r="F41" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="G41" s="28" t="s">
+      <c r="G41" s="27" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A42" s="15" t="s">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A42" s="14" t="s">
         <v>108</v>
       </c>
-      <c r="B42" s="16" t="s">
+      <c r="B42" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="C42" s="50" t="s">
+      <c r="C42" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="D42" s="16" t="s">
+      <c r="D42" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="E42" s="14" t="s">
+      <c r="E42" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="F42" s="14" t="s">
+      <c r="F42" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="G42" s="29" t="s">
+      <c r="G42" s="28" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="43" spans="1:7" s="34" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="35">
+    <row r="43" spans="1:7" s="32" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="33">
         <v>46216</v>
       </c>
-      <c r="B43" s="32" t="s">
+      <c r="B43" s="30" t="s">
         <v>111</v>
       </c>
-      <c r="C43" s="51" t="s">
+      <c r="C43" s="48" t="s">
         <v>64</v>
       </c>
-      <c r="D43" s="36" t="s">
+      <c r="D43" s="34" t="s">
         <v>112</v>
       </c>
-      <c r="E43" s="32"/>
-[...4 lines deleted...]
-      <c r="A44" s="17">
+      <c r="E43" s="30"/>
+      <c r="F43" s="30"/>
+      <c r="G43" s="31"/>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A44" s="16">
         <v>46255</v>
       </c>
-      <c r="B44" s="18" t="s">
+      <c r="B44" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="C44" s="52" t="s">
+      <c r="C44" s="49" t="s">
         <v>114</v>
       </c>
-      <c r="D44" s="19" t="s">
+      <c r="D44" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="E44" s="19" t="s">
+      <c r="E44" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="G44" s="18"/>
+      <c r="G44" s="17"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:G44" xr:uid="{B6935685-1418-4674-813B-E988B0B40367}"/>
   <hyperlinks>
     <hyperlink ref="G7" r:id="rId1" xr:uid="{CFF7F228-5E0A-41AA-891F-18F02588FA89}"/>
     <hyperlink ref="G19" r:id="rId2" xr:uid="{9FB2D883-2727-42A4-9E60-D96D785D7BA4}"/>
     <hyperlink ref="G21" r:id="rId3" xr:uid="{CAA3BB29-8758-4540-AD42-267805C15565}"/>
     <hyperlink ref="G22" r:id="rId4" xr:uid="{5E4E1DF1-6424-4C77-8B41-A51D3A825B5E}"/>
     <hyperlink ref="G41" r:id="rId5" display="mstrangas@amnh.org" xr:uid="{6AB1E503-4B44-4DE2-B1C8-67C9B4F3CC7E}"/>
     <hyperlink ref="G42" r:id="rId6" display="mstrangas@amnh.org" xr:uid="{DB3E8D8A-CCB0-4EC5-839B-F4EEEE15A1D2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId7"/>
   <legacyDrawing r:id="rId8"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>